--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
-    <t>Прайс-лист на 29.10.2025</t>
+    <t>Прайс-лист на 15.12.2025</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>Продукция</t>
   </si>
@@ -652,135 +652,135 @@
         <v>16</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
       <c r="E8" s="4">
         <v>6990</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="4"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="4">
         <v>10</v>
       </c>
       <c r="E9" s="4">
-        <v>49800</v>
+        <v>39900</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="4"/>
       <c r="C10" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="4">
         <v>10</v>
       </c>
       <c r="E10" s="4">
-        <v>129800</v>
+        <v>119880</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="4"/>
       <c r="C11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="4">
         <v>10</v>
       </c>
       <c r="E11" s="4">
-        <v>44800</v>
+        <v>38870</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="4">
         <v>10</v>
       </c>
       <c r="E12" s="4">
-        <v>179800</v>
+        <v>184350</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="4"/>
       <c r="C13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="4">
         <v>10</v>
       </c>
       <c r="E13" s="4">
-        <v>39800</v>
+        <v>38870</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A4:G4"/>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="F7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="F8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="F9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="F10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="F11" r:id="rId_hyperlink_6"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_7"/>
     <hyperlink ref="F13" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -807,32 +807,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>IOTA.MMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>iota.mms.ru catalog price 29.10.2025</dc:title>
+  <dc:title>iota.mms.ru catalog price 15.12.2025</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>