--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -16,144 +16,144 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
-    <t>Прайс-лист на 15.12.2025</t>
+    <t>Прайс-лист на 12.02.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>Продукция</t>
   </si>
   <si>
     <t>IOTAVX AIO</t>
   </si>
   <si>
     <t>IOTAAIO</t>
   </si>
   <si>
     <t>Смотреть на сайте</t>
   </si>
   <si>
+    <t>IOTAVX AVX17</t>
+  </si>
+  <si>
+    <t>IOTAAVX17</t>
+  </si>
+  <si>
+    <t>УТ-00003350</t>
+  </si>
+  <si>
+    <t>IOTAVX AVXP1</t>
+  </si>
+  <si>
+    <t>IOTAAVXP1</t>
+  </si>
+  <si>
+    <t>УТ-00002500</t>
+  </si>
+  <si>
+    <t>IOTAVX BT01</t>
+  </si>
+  <si>
+    <t>IOTABT01</t>
+  </si>
+  <si>
     <t>IOTAVX NP3</t>
   </si>
   <si>
     <t>IOTANP3</t>
   </si>
   <si>
     <t>УТ-00003351</t>
   </si>
   <si>
-    <t>IOTAVX BT01</t>
-[...2 lines deleted...]
-    <t>IOTABT01</t>
+    <t>IOTAVX PA3</t>
+  </si>
+  <si>
+    <t>IOTAPA3</t>
+  </si>
+  <si>
+    <t>УТ-00002502</t>
+  </si>
+  <si>
+    <t>IOTAVX SA3</t>
+  </si>
+  <si>
+    <t>IOTASA3</t>
+  </si>
+  <si>
+    <t>УТ-00002501</t>
   </si>
   <si>
     <t>IOTAVX MA3</t>
   </si>
   <si>
     <t>IOTAVXMA3</t>
   </si>
   <si>
     <t>УТ-00004466</t>
-  </si>
-[...34 lines deleted...]
-    <t>УТ-00002502</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -516,51 +516,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-aio" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-np3" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-bt01" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-ma3" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-avxp1" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-sa3" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-avx17" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-pa3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-aio" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-avx17" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-avxp1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-bt01" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-np3" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-pa3" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-sa3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iota.mms.ru/catalog/iotavx-ma3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="19" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -609,178 +609,178 @@
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <v>2990</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="4"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E7" s="4">
-        <v>75000</v>
+        <v>208930</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4"/>
       <c r="C8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E8" s="4">
-        <v>6990</v>
+        <v>119880</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="4"/>
+      <c r="G8" s="4" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D9" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E9" s="4">
-        <v>39900</v>
+        <v>6990</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="G9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9" s="4"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="4"/>
       <c r="C10" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E10" s="4">
-        <v>119880</v>
+        <v>75000</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="4"/>
       <c r="C11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="4">
         <v>10</v>
       </c>
       <c r="E11" s="4">
         <v>38870</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="4">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E12" s="4">
-        <v>184350</v>
+        <v>38870</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="4"/>
       <c r="C13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="4">
         <v>10</v>
       </c>
       <c r="E13" s="4">
-        <v>38870</v>
+        <v>39900</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A4:G4"/>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="F7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="F8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="F9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="F10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="F11" r:id="rId_hyperlink_6"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_7"/>
     <hyperlink ref="F13" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -807,32 +807,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>IOTA.MMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>iota.mms.ru catalog price 15.12.2025</dc:title>
+  <dc:title>iota.mms.ru catalog price 12.02.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>